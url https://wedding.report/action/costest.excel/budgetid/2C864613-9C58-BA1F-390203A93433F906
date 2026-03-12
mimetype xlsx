--- v0 (2026-01-27)
+++ v1 (2026-03-12)
@@ -1,259 +1,272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Estimate Summary" r:id="rId3" sheetId="1"/>
-    <sheet name="Wedding Cost Estimate" r:id="rId4" sheetId="2"/>
+    <sheet name="Wedding Cost by Category" r:id="rId4" sheetId="2"/>
+    <sheet name="Wedding Cost Details" r:id="rId5" sheetId="3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="47">
   <si>
     <t/>
   </si>
   <si>
     <t>Wedding Budget: $15,481 - $18,921</t>
   </si>
   <si>
     <t>Lives in: Longmont CO</t>
   </si>
   <si>
     <t>Planning a wedding in: Longmont CO</t>
   </si>
   <si>
     <t>Season: Spring Wedding in 2021</t>
   </si>
   <si>
     <t>How many guests: This estimate is based on having 75 guests with a range of 50 to 100 guests. Adding a single guest will likely add $206 - $252 to the total amount spent.</t>
   </si>
   <si>
     <t>Type of wedding: Garden, Romantic, Simple, Traditional</t>
   </si>
   <si>
     <t>Wedding color theme: Pinks</t>
   </si>
   <si>
     <t>Highest priorities: Entertainment (DJ, Live Band, Musician/s, etc.) Photography &amp; Video</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
+    <t>Estimated Cost 1</t>
+  </si>
+  <si>
+    <t>Estimated Cost 2</t>
+  </si>
+  <si>
+    <t>Percent of Estimate</t>
+  </si>
+  <si>
+    <t>Attire &amp; Accessories</t>
+  </si>
+  <si>
+    <t>Beauty &amp; Spa</t>
+  </si>
+  <si>
+    <t>Entertainment</t>
+  </si>
+  <si>
+    <t>Flowers &amp; Decorations</t>
+  </si>
+  <si>
+    <t>Gifts &amp; Favors</t>
+  </si>
+  <si>
+    <t>Invitations</t>
+  </si>
+  <si>
+    <t>Jewelry</t>
+  </si>
+  <si>
+    <t>Photography &amp; Video</t>
+  </si>
+  <si>
+    <t>Planner/Consultant</t>
+  </si>
+  <si>
+    <t>Venue, Catering &amp; Rentals</t>
+  </si>
+  <si>
+    <t>Estimated Total Cost</t>
+  </si>
+  <si>
     <t>Item</t>
   </si>
   <si>
-    <t>Estimated Cost 1</t>
-[...10 lines deleted...]
-  <si>
     <t>Dress Accessories</t>
   </si>
   <si>
     <t>Tuxedo/suit/other Accessories</t>
   </si>
   <si>
     <t>Tuxedo/suit/other Rent/purchase</t>
   </si>
   <si>
     <t>Wedding Dress</t>
   </si>
   <si>
-    <t>Beauty &amp; Spa</t>
-[...1 lines deleted...]
-  <si>
     <t>Hair Service</t>
   </si>
   <si>
     <t>Makeup Service</t>
   </si>
   <si>
-    <t>Entertainment</t>
-[...1 lines deleted...]
-  <si>
     <t>DJ/MC</t>
   </si>
   <si>
-    <t>Flowers &amp; Decorations</t>
-[...1 lines deleted...]
-  <si>
     <t>Bouquets</t>
   </si>
   <si>
     <t>Boutonnieres, Corsages</t>
   </si>
   <si>
     <t>Wedding Venue Decorations</t>
   </si>
   <si>
     <t>Wedding Venue Flowers &amp; Arrangements</t>
   </si>
   <si>
     <t>Wedding Venue Table Centerpieces</t>
   </si>
   <si>
-    <t>Gifts &amp; Favors</t>
-[...1 lines deleted...]
-  <si>
     <t>Tips (for all services)</t>
   </si>
   <si>
     <t>Wedding Favors</t>
   </si>
   <si>
-    <t>Invitations</t>
-[...1 lines deleted...]
-  <si>
     <t>Guest Book</t>
   </si>
   <si>
     <t>Invitations &amp; Reply Cards</t>
   </si>
   <si>
     <t>Postage</t>
   </si>
   <si>
     <t>Thank You Cards</t>
   </si>
   <si>
-    <t>Jewelry</t>
-[...1 lines deleted...]
-  <si>
     <t>Wedding ring/band for HIM</t>
   </si>
   <si>
-    <t>Photography &amp; Video</t>
-[...1 lines deleted...]
-  <si>
     <t>Wedding Photographer</t>
   </si>
   <si>
     <t>Wedding Videographer</t>
   </si>
   <si>
-    <t>Planner/Consultant</t>
-[...1 lines deleted...]
-  <si>
     <t>Month of Direction</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estimated Total Cost</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="$#,##0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
+</file>
+
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:A8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="136.83203125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
@@ -270,458 +283,646 @@
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="0">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <cols>
+    <col min="1" max="1" width="21.9296875" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="14.3984375" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="14.3984375" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="16.6796875" customWidth="true" bestFit="true"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s" s="0">
+        <v>9</v>
+      </c>
+      <c r="B1" t="s" s="1">
+        <v>10</v>
+      </c>
+      <c r="C1" t="s" s="1">
+        <v>11</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s" s="0">
+        <v>13</v>
+      </c>
+      <c r="B2" t="n" s="1">
+        <v>1937.0</v>
+      </c>
+      <c r="C2" t="n" s="1">
+        <v>2367.0</v>
+      </c>
+      <c r="D2" t="n" s="2">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s" s="0">
+        <v>14</v>
+      </c>
+      <c r="B3" t="n" s="1">
+        <v>133.0</v>
+      </c>
+      <c r="C3" t="n" s="1">
+        <v>163.0</v>
+      </c>
+      <c r="D3" t="n" s="2">
+        <v>0.009</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="0">
+        <v>15</v>
+      </c>
+      <c r="B4" t="n" s="1">
+        <v>986.0</v>
+      </c>
+      <c r="C4" t="n" s="1">
+        <v>1206.0</v>
+      </c>
+      <c r="D4" t="n" s="2">
+        <v>0.064</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s" s="0">
+        <v>16</v>
+      </c>
+      <c r="B5" t="n" s="1">
+        <v>1394.0</v>
+      </c>
+      <c r="C5" t="n" s="1">
+        <v>1704.0</v>
+      </c>
+      <c r="D5" t="n" s="2">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s" s="0">
+        <v>17</v>
+      </c>
+      <c r="B6" t="n" s="1">
+        <v>264.0</v>
+      </c>
+      <c r="C6" t="n" s="1">
+        <v>322.0</v>
+      </c>
+      <c r="D6" t="n" s="2">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="B7" t="n" s="1">
+        <v>193.0</v>
+      </c>
+      <c r="C7" t="n" s="1">
+        <v>235.0</v>
+      </c>
+      <c r="D7" t="n" s="2">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s" s="0">
+        <v>19</v>
+      </c>
+      <c r="B8" t="n" s="1">
+        <v>477.0</v>
+      </c>
+      <c r="C8" t="n" s="1">
+        <v>583.0</v>
+      </c>
+      <c r="D8" t="n" s="2">
+        <v>0.031</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s" s="0">
+        <v>20</v>
+      </c>
+      <c r="B9" t="n" s="1">
+        <v>3528.0</v>
+      </c>
+      <c r="C9" t="n" s="1">
+        <v>4312.0</v>
+      </c>
+      <c r="D9" t="n" s="2">
+        <v>0.228</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s" s="0">
+        <v>21</v>
+      </c>
+      <c r="B10" t="n" s="1">
+        <v>1080.0</v>
+      </c>
+      <c r="C10" t="n" s="1">
+        <v>1320.0</v>
+      </c>
+      <c r="D10" t="n" s="2">
+        <v>0.07</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s" s="0">
+        <v>22</v>
+      </c>
+      <c r="B11" t="n" s="1">
+        <v>5489.0</v>
+      </c>
+      <c r="C11" t="n" s="1">
+        <v>6709.0</v>
+      </c>
+      <c r="D11" t="n" s="2">
+        <v>0.355</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s" s="0">
+        <v>23</v>
+      </c>
+      <c r="B12" t="n" s="1">
+        <v>15481.0</v>
+      </c>
+      <c r="C12" t="n" s="1">
+        <v>18921.0</v>
+      </c>
+      <c r="D12" t="n" s="2">
+        <v>1.0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.0859375" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="34.1328125" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="14.3984375" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="14.3984375" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="16.6796875" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>9</v>
       </c>
       <c r="B1" t="s" s="0">
+        <v>24</v>
+      </c>
+      <c r="C1" t="s" s="1">
         <v>10</v>
       </c>
-      <c r="C1" t="s" s="1">
+      <c r="D1" t="s" s="1">
         <v>11</v>
       </c>
-      <c r="D1" t="s" s="1">
+      <c r="E1" t="s" s="2">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="C2" t="n" s="1">
         <v>245.0</v>
       </c>
       <c r="D2" t="n" s="1">
         <v>299.0</v>
       </c>
       <c r="E2" t="n" s="2">
         <v>0.016</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="C3" t="n" s="1">
         <v>114.0</v>
       </c>
       <c r="D3" t="n" s="1">
         <v>140.0</v>
       </c>
       <c r="E3" t="n" s="2">
         <v>0.007</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s" s="0">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C4" t="n" s="1">
         <v>233.0</v>
       </c>
       <c r="D4" t="n" s="1">
         <v>285.0</v>
       </c>
       <c r="E4" t="n" s="2">
         <v>0.015</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s" s="0">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="C5" t="n" s="1">
         <v>1345.0</v>
       </c>
       <c r="D5" t="n" s="1">
         <v>1643.0</v>
       </c>
       <c r="E5" t="n" s="2">
         <v>0.087</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s" s="0">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C6" t="n" s="1">
         <v>73.0</v>
       </c>
       <c r="D6" t="n" s="1">
         <v>89.0</v>
       </c>
       <c r="E6" t="n" s="2">
         <v>0.005</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="0">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s" s="0">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C7" t="n" s="1">
         <v>60.0</v>
       </c>
       <c r="D7" t="n" s="1">
         <v>74.0</v>
       </c>
       <c r="E7" t="n" s="2">
         <v>0.004</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="0">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s" s="0">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C8" t="n" s="1">
         <v>986.0</v>
       </c>
       <c r="D8" t="n" s="1">
         <v>1206.0</v>
       </c>
       <c r="E8" t="n" s="2">
         <v>0.064</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s" s="0">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="C9" t="n" s="1">
         <v>365.0</v>
       </c>
       <c r="D9" t="n" s="1">
         <v>447.0</v>
       </c>
       <c r="E9" t="n" s="2">
         <v>0.024</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s" s="0">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="C10" t="n" s="1">
         <v>165.0</v>
       </c>
       <c r="D10" t="n" s="1">
         <v>201.0</v>
       </c>
       <c r="E10" t="n" s="2">
         <v>0.011</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s" s="0">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C11" t="n" s="1">
         <v>471.0</v>
       </c>
       <c r="D11" t="n" s="1">
         <v>575.0</v>
       </c>
       <c r="E11" t="n" s="2">
         <v>0.03</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s" s="0">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C12" t="n" s="1">
         <v>255.0</v>
       </c>
       <c r="D12" t="n" s="1">
         <v>311.0</v>
       </c>
       <c r="E12" t="n" s="2">
         <v>0.016</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="0">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s" s="0">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C13" t="n" s="1">
         <v>139.0</v>
       </c>
       <c r="D13" t="n" s="1">
         <v>169.0</v>
       </c>
       <c r="E13" t="n" s="2">
         <v>0.009</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="0">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s" s="0">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C14" t="n" s="1">
         <v>161.0</v>
       </c>
       <c r="D14" t="n" s="1">
         <v>197.0</v>
       </c>
       <c r="E14" t="n" s="2">
         <v>0.01</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="0">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="B15" t="s" s="0">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C15" t="n" s="1">
         <v>103.0</v>
       </c>
       <c r="D15" t="n" s="1">
         <v>125.0</v>
       </c>
       <c r="E15" t="n" s="2">
         <v>0.007</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="0">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B16" t="s" s="0">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C16" t="n" s="1">
         <v>25.0</v>
       </c>
       <c r="D16" t="n" s="1">
         <v>31.0</v>
       </c>
       <c r="E16" t="n" s="2">
         <v>0.002</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="0">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B17" t="s" s="0">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C17" t="n" s="1">
         <v>91.0</v>
       </c>
       <c r="D17" t="n" s="1">
         <v>111.0</v>
       </c>
       <c r="E17" t="n" s="2">
         <v>0.006</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="0">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B18" t="s" s="0">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C18" t="n" s="1">
         <v>40.0</v>
       </c>
       <c r="D18" t="n" s="1">
         <v>48.0</v>
       </c>
       <c r="E18" t="n" s="2">
         <v>0.003</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="0">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s" s="0">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C19" t="n" s="1">
         <v>37.0</v>
       </c>
       <c r="D19" t="n" s="1">
         <v>45.0</v>
       </c>
       <c r="E19" t="n" s="2">
         <v>0.002</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="0">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s" s="0">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C20" t="n" s="1">
         <v>477.0</v>
       </c>
       <c r="D20" t="n" s="1">
         <v>583.0</v>
       </c>
       <c r="E20" t="n" s="2">
         <v>0.031</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="0">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s" s="0">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C21" t="n" s="1">
         <v>2106.0</v>
       </c>
       <c r="D21" t="n" s="1">
         <v>2574.0</v>
       </c>
       <c r="E21" t="n" s="2">
         <v>0.136</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="0">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="B22" t="s" s="0">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C22" t="n" s="1">
         <v>1422.0</v>
       </c>
       <c r="D22" t="n" s="1">
         <v>1738.0</v>
       </c>
       <c r="E22" t="n" s="2">
         <v>0.092</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="0">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B23" t="s" s="0">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C23" t="n" s="1">
         <v>1080.0</v>
       </c>
       <c r="D23" t="n" s="1">
         <v>1320.0</v>
       </c>
       <c r="E23" t="n" s="2">
         <v>0.07</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="0">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="B24" t="s" s="0">
         <v>0</v>
       </c>
       <c r="C24" t="n" s="1">
         <v>15481.0</v>
       </c>
       <c r="D24" t="n" s="1">
         <v>18921.0</v>
       </c>
       <c r="E24" t="n" s="2">
         <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>