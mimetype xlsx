--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -297,54 +297,55 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
@@ -1206,172 +1207,172 @@
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="18.390625" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="14.90234375" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="55.2578125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>58</v>
       </c>
-      <c r="B1" t="s" s="4">
+      <c r="B1" t="s" s="5">
         <v>59</v>
       </c>
       <c r="C1" t="s" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>61</v>
       </c>
-      <c r="B2" t="n" s="4">
+      <c r="B2" t="n" s="5">
         <v>45833.0</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>62</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
         <v>63</v>
       </c>
-      <c r="B3" t="n" s="4">
+      <c r="B3" t="n" s="5">
         <v>45899.0</v>
       </c>
       <c r="C3" t="s" s="0">
         <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
         <v>65</v>
       </c>
-      <c r="B4" t="n" s="4">
+      <c r="B4" t="n" s="5">
         <v>45965.0</v>
       </c>
       <c r="C4" t="s" s="0">
         <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
         <v>66</v>
       </c>
-      <c r="B5" t="n" s="4">
+      <c r="B5" t="n" s="5">
         <v>45976.0</v>
       </c>
       <c r="C5" t="s" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
         <v>67</v>
       </c>
-      <c r="B6" t="n" s="4">
+      <c r="B6" t="n" s="5">
         <v>45997.0</v>
       </c>
       <c r="C6" t="s" s="0">
         <v>68</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="0">
         <v>69</v>
       </c>
-      <c r="B7" t="n" s="4">
+      <c r="B7" t="n" s="5">
         <v>46008.0</v>
       </c>
       <c r="C7" t="s" s="0">
         <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="0">
         <v>69</v>
       </c>
-      <c r="B8" t="n" s="4">
+      <c r="B8" t="n" s="5">
         <v>46008.0</v>
       </c>
       <c r="C8" t="s" s="0">
         <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="0">
         <v>72</v>
       </c>
-      <c r="B9" t="n" s="4">
+      <c r="B9" t="n" s="5">
         <v>46025.0</v>
       </c>
       <c r="C9" t="s" s="0">
         <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="0">
         <v>74</v>
       </c>
-      <c r="B10" t="n" s="4">
+      <c r="B10" t="n" s="5">
         <v>46036.0</v>
       </c>
       <c r="C10" t="s" s="0">
         <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="0">
         <v>76</v>
       </c>
-      <c r="B11" t="n" s="4">
+      <c r="B11" t="n" s="5">
         <v>46047.0</v>
       </c>
       <c r="C11" t="s" s="0">
         <v>77</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="0">
         <v>78</v>
       </c>
-      <c r="B12" t="n" s="4">
+      <c r="B12" t="n" s="5">
         <v>46052.0</v>
       </c>
       <c r="C12" t="s" s="0">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>