--- v0 (2026-01-25)
+++ v1 (2026-03-12)
@@ -1,134 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Estimate Summary" r:id="rId3" sheetId="1"/>
-    <sheet name="Wedding Cost Estimate" r:id="rId4" sheetId="2"/>
-    <sheet name="Timeline" r:id="rId5" sheetId="3"/>
+    <sheet name="Wedding Cost by Category" r:id="rId4" sheetId="2"/>
+    <sheet name="Wedding Cost Details" r:id="rId5" sheetId="3"/>
+    <sheet name="Timeline" r:id="rId6" sheetId="4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="33">
   <si>
     <t/>
   </si>
   <si>
     <t>Wedding Budget: $16,083 - $19,657</t>
   </si>
   <si>
     <t>Lives in: Chicago IL</t>
   </si>
   <si>
     <t>Planning a wedding in: chicago</t>
   </si>
   <si>
     <t>Season: Summer Wedding in 2026</t>
   </si>
   <si>
     <t>How many guests: This estimate is based on having 125 guests with a range of 100 to 150 guests. Adding a single guest will likely add $129 - $157 to the total amount spent.</t>
   </si>
   <si>
     <t>The ceremony will be at one location while the reception will be at another</t>
   </si>
   <si>
     <t>Ceremony Location: some other location</t>
   </si>
   <si>
     <t>Reception Location: a historical building</t>
   </si>
   <si>
     <t>Type of wedding: Casual, Fun</t>
   </si>
   <si>
     <t>Wedding color theme: Black</t>
   </si>
   <si>
     <t>Highest priorities: Event Food Service, Catering, Bar Service</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
+    <t>Estimated Cost 1</t>
+  </si>
+  <si>
+    <t>Estimated Cost 2</t>
+  </si>
+  <si>
+    <t>Percent of Estimate</t>
+  </si>
+  <si>
+    <t>Event Venue</t>
+  </si>
+  <si>
+    <t>Other Events</t>
+  </si>
+  <si>
+    <t>Estimated Total Cost</t>
+  </si>
+  <si>
     <t>Item</t>
   </si>
   <si>
-    <t>Estimated Cost 1</t>
-[...10 lines deleted...]
-  <si>
     <t>Wedding Venue Bar Service</t>
   </si>
   <si>
     <t>Wedding Venue Food Service</t>
   </si>
   <si>
     <t>Wedding Venue Location</t>
   </si>
   <si>
-    <t>Other Events</t>
-[...1 lines deleted...]
-  <si>
     <t>Rehearsal Dinner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estimated Total Cost</t>
   </si>
   <si>
     <t>Time Before Wedding</t>
   </si>
   <si>
     <t>Purchase By Date</t>
   </si>
   <si>
     <t>Item Name</t>
   </si>
   <si>
     <t>6.1 mos</t>
   </si>
   <si>
     <t>Event Location/Venue</t>
   </si>
   <si>
     <t>4.4 mos</t>
   </si>
   <si>
     <t>Event Bar Service</t>
   </si>
   <si>
     <t>4.2 mos</t>
   </si>
@@ -163,72 +166,79 @@
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyNumberFormat="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
 </file>
 
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
+</file>
+
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:A11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="138.83203125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
@@ -260,173 +270,249 @@
         <v>8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="0">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <cols>
+    <col min="1" max="1" width="17.45703125" customWidth="true" bestFit="true"/>
+    <col min="2" max="2" width="14.3984375" customWidth="true" bestFit="true"/>
+    <col min="3" max="3" width="14.3984375" customWidth="true" bestFit="true"/>
+    <col min="4" max="4" width="16.6796875" customWidth="true" bestFit="true"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s" s="0">
+        <v>12</v>
+      </c>
+      <c r="B1" t="s" s="1">
+        <v>13</v>
+      </c>
+      <c r="C1" t="s" s="1">
+        <v>14</v>
+      </c>
+      <c r="D1" t="s" s="2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s" s="0">
+        <v>16</v>
+      </c>
+      <c r="B2" t="n" s="1">
+        <v>15086.0</v>
+      </c>
+      <c r="C2" t="n" s="1">
+        <v>18438.0</v>
+      </c>
+      <c r="D2" t="n" s="2">
+        <v>0.938</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s" s="0">
+        <v>17</v>
+      </c>
+      <c r="B3" t="n" s="1">
+        <v>997.0</v>
+      </c>
+      <c r="C3" t="n" s="1">
+        <v>1219.0</v>
+      </c>
+      <c r="D3" t="n" s="2">
+        <v>0.062</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="0">
+        <v>18</v>
+      </c>
+      <c r="B4" t="n" s="1">
+        <v>16083.0</v>
+      </c>
+      <c r="C4" t="n" s="1">
+        <v>19657.0</v>
+      </c>
+      <c r="D4" t="n" s="2">
+        <v>1.0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="17.45703125" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="24.4140625" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="14.3984375" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="14.3984375" customWidth="true" bestFit="true"/>
     <col min="5" max="5" width="16.6796875" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>12</v>
       </c>
       <c r="B1" t="s" s="0">
+        <v>19</v>
+      </c>
+      <c r="C1" t="s" s="1">
         <v>13</v>
       </c>
-      <c r="C1" t="s" s="1">
+      <c r="D1" t="s" s="1">
         <v>14</v>
       </c>
-      <c r="D1" t="s" s="1">
+      <c r="E1" t="s" s="2">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C2" t="n" s="1">
         <v>2661.0</v>
       </c>
       <c r="D2" t="n" s="1">
         <v>3253.0</v>
       </c>
       <c r="E2" t="n" s="2">
         <v>0.165</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C3" t="n" s="1">
         <v>5091.0</v>
       </c>
       <c r="D3" t="n" s="1">
         <v>6223.0</v>
       </c>
       <c r="E3" t="n" s="2">
         <v>0.317</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s" s="0">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="n" s="1">
         <v>7333.0</v>
       </c>
       <c r="D4" t="n" s="1">
         <v>8963.0</v>
       </c>
       <c r="E4" t="n" s="2">
         <v>0.456</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s" s="0">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C5" t="n" s="1">
         <v>997.0</v>
       </c>
       <c r="D5" t="n" s="1">
         <v>1219.0</v>
       </c>
       <c r="E5" t="n" s="2">
         <v>0.062</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s" s="0">
         <v>0</v>
       </c>
       <c r="C6" t="n" s="1">
         <v>16083.0</v>
       </c>
       <c r="D6" t="n" s="1">
         <v>19657.0</v>
       </c>
       <c r="E6" t="n" s="2">
         <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="18.390625" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="14.90234375" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="25.484375" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>24</v>
       </c>
       <c r="B1" t="s" s="4">
         <v>25</v>
       </c>
       <c r="C1" t="s" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">